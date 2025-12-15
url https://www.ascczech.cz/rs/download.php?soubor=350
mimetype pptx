--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,35 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="gif" ContentType="image/gif"/>
-[...2 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -77,88 +77,88 @@
   <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide74.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide76.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide77.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide78.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide79.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide80.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide81.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide82.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide83.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide84.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide85.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide86.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide87.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide88.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide89.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide90.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483720" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId91"/>
+    <p:notesMasterId r:id="rId92"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="261" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="263" r:id="rId8"/>
     <p:sldId id="264" r:id="rId9"/>
     <p:sldId id="265" r:id="rId10"/>
     <p:sldId id="266" r:id="rId11"/>
     <p:sldId id="267" r:id="rId12"/>
     <p:sldId id="268" r:id="rId13"/>
     <p:sldId id="269" r:id="rId14"/>
     <p:sldId id="270" r:id="rId15"/>
     <p:sldId id="271" r:id="rId16"/>
     <p:sldId id="272" r:id="rId17"/>
     <p:sldId id="273" r:id="rId18"/>
     <p:sldId id="274" r:id="rId19"/>
     <p:sldId id="275" r:id="rId20"/>
     <p:sldId id="276" r:id="rId21"/>
     <p:sldId id="277" r:id="rId22"/>
     <p:sldId id="278" r:id="rId23"/>
     <p:sldId id="279" r:id="rId24"/>
@@ -201,55 +201,56 @@
     <p:sldId id="320" r:id="rId61"/>
     <p:sldId id="321" r:id="rId62"/>
     <p:sldId id="322" r:id="rId63"/>
     <p:sldId id="323" r:id="rId64"/>
     <p:sldId id="324" r:id="rId65"/>
     <p:sldId id="325" r:id="rId66"/>
     <p:sldId id="326" r:id="rId67"/>
     <p:sldId id="327" r:id="rId68"/>
     <p:sldId id="328" r:id="rId69"/>
     <p:sldId id="331" r:id="rId70"/>
     <p:sldId id="330" r:id="rId71"/>
     <p:sldId id="329" r:id="rId72"/>
     <p:sldId id="333" r:id="rId73"/>
     <p:sldId id="334" r:id="rId74"/>
     <p:sldId id="335" r:id="rId75"/>
     <p:sldId id="343" r:id="rId76"/>
     <p:sldId id="338" r:id="rId77"/>
     <p:sldId id="339" r:id="rId78"/>
     <p:sldId id="340" r:id="rId79"/>
     <p:sldId id="341" r:id="rId80"/>
     <p:sldId id="342" r:id="rId81"/>
     <p:sldId id="344" r:id="rId82"/>
     <p:sldId id="345" r:id="rId83"/>
     <p:sldId id="346" r:id="rId84"/>
     <p:sldId id="347" r:id="rId85"/>
-    <p:sldId id="348" r:id="rId86"/>
-[...3 lines deleted...]
-    <p:sldId id="302" r:id="rId90"/>
+    <p:sldId id="350" r:id="rId86"/>
+    <p:sldId id="348" r:id="rId87"/>
+    <p:sldId id="349" r:id="rId88"/>
+    <p:sldId id="353" r:id="rId89"/>
+    <p:sldId id="352" r:id="rId90"/>
+    <p:sldId id="302" r:id="rId91"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="cs-CZ"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -325,259 +326,138 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
+  <p:showPr loop="1" showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{51F1D930-FF30-48CB-9211-E2E0ED957666}" v="4" dt="2025-07-07T11:09:39.905"/>
+    <p1510:client id="{111316AF-CECD-4DA5-A6EA-D8A1B589D52F}" v="3" dt="2025-01-15T14:08:26.159"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="14485" autoAdjust="0"/>
+    <p:restoredLeft sz="17056" autoAdjust="0"/>
     <p:restoredTop sz="94624" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="60" d="100"/>
+          <a:sy n="60" d="100"/>
         </p:scale>
-        <p:origin x="974" y="278"/>
+        <p:origin x="1404" y="78"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide88.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide89.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide87.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId96" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId97" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide86.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
-[...120 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide83.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide88.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide78.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide89.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide79.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide84.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide82.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide87.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide90.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide80.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide85.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId97" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide86.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide81.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -623,51 +503,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{045D4E90-B98C-44F8-96E5-7D0DC37D1541}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro obrázek snímku 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1589,51 +1469,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Zástupný symbol pro datum 14"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Zástupný symbol pro číslo snímku 15"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20264769-77EF-4CD0-90DE-F7D7F2D423C4}" type="slidenum">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -1768,51 +1648,51 @@
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1957,51 +1837,51 @@
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2118,51 +1998,51 @@
               <a:rPr lang="cs-CZ"/>
               <a:t>Pátá úroveň</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Zástupný symbol pro datum 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Zástupný symbol pro číslo snímku 14"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{20264769-77EF-4CD0-90DE-F7D7F2D423C4}" type="slidenum">
@@ -2249,51 +2129,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro zápatí 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2533,51 +2413,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Zástupný symbol pro datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Zástupný symbol pro zápatí 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2817,51 +2697,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Zástupný symbol pro datum 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro text 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1399593"/>
             <a:ext cx="4040188" cy="762000"/>
           </a:xfrm>
           <a:noFill/>
           <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
           </a:ln>
@@ -3277,51 +3157,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Zástupný symbol pro zápatí 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3404,51 +3284,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Zástupný symbol pro datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Zástupný symbol pro zápatí 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3668,51 +3548,51 @@
               <a:rPr kumimoji="0" lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styl předlohy nadpisů.</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Zástupný symbol pro datum 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Zástupný symbol pro číslo snímku 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20264769-77EF-4CD0-90DE-F7D7F2D423C4}" type="slidenum">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -3922,51 +3802,51 @@
             <a:r>
               <a:rPr kumimoji="0" lang="cs-CZ"/>
               <a:t>Klepnutím lze upravit styly předlohy textu.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Zástupný symbol pro datum 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Zástupný symbol pro číslo snímku 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20264769-77EF-4CD0-90DE-F7D7F2D423C4}" type="slidenum">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -4113,51 +3993,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5791200" y="6203667"/>
             <a:ext cx="2590800" cy="384048"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr kumimoji="0" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{18A2481B-5154-415F-B752-558547769AA3}" type="datetimeFigureOut">
               <a:rPr lang="cs-CZ" smtClean="0"/>
               <a:pPr/>
-              <a:t>07.07.2025</a:t>
+              <a:t>17. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="cs-CZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Zástupný symbol pro zápatí 9"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2133600" y="6203667"/>
             <a:ext cx="3581400" cy="384048"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4913,71 +4793,75 @@
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide80.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide81.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide82.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide83.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide84.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide85.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide86.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide87.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide88.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide89.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide90.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -5096,60 +4980,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3500881" y="3933056"/>
             <a:ext cx="2142238" cy="2416972"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="25044">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="16082">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="25044">
+      <p:transition spd="slow" advClick="0" advTm="16082">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25602" name="Obrázek 2" descr="09 - Huml Vaclav.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5198,85 +5089,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Huml</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>17.2.1940 – 6.12.1998</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9618">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9618">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26626" name="Obrázek 2" descr="10 - Koutna Ludmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5325,85 +5227,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Ludmila Koutná </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>9.9.1912 – 20.9.1999</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9344">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9344">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="27650" name="Obrázek 2" descr="11 - Janota Josef.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5452,85 +5365,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Josef Janota</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>12.9.1954 – 12.12.2000</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9444">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9444">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28674" name="Obrázek 2" descr="12 - Holnova Jindriska.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5579,85 +5503,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Jindřiška Holnová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>30.6.1957 – 21.1.2001</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9481">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9481">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29698" name="Obrázek 2" descr="13 - Frkalova Marie.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5706,85 +5641,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Frkalová </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>18.11.1940 – 15.4.2001</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8967">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8967">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="30722" name="Obrázek 2" descr="14 - Zuchnicka Ludmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5833,85 +5779,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Ludmila Zuchnická </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>22.1.1927 – 15.5.2001</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9379">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9379">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="31746" name="Obrázek 2" descr="15 - Svejdova Ludmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -5960,85 +5917,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Ludmila Švejdová </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>16.9.1948 – 27.5.2001</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8987">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8987">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="32770" name="Obrázek 2" descr="16 - Hubacek Antonin.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6087,85 +6055,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Antonín Hubáček</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>9.8.1955 – 8.5.2002</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9704">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9704">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="33794" name="Obrázek 2" descr="17 - Landr Vaclav.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6214,85 +6193,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Landr</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>15.6.1944 – 11.12.2002</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8852">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8852">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="34818" name="Obrázek 2" descr="18 - Vrba Jindrich.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6341,85 +6331,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Jindřich Vrba</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>24.6.1924 – 15.5.2003</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8780">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8780">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -6436,50 +6437,54 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Ludmila Frkalová </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>9.9.1932 - 19.7.1991</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17411" name="Obrázek 2" descr="01 - Frkalova Ludmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr isPhoto="1"/>
@@ -6493,60 +6498,67 @@
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2471738" y="1646238"/>
             <a:ext cx="4200525" cy="4754562"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9660">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9660">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="35842" name="Obrázek 2" descr="Čtvrtečka.JPG"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6595,97 +6607,108 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Josef Čtvrtečka</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>27.4.1928 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>– 26.3.2004</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9252">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9252">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="36866" name="Obrázek 2" descr="19 - Frkal Vaclav.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6734,85 +6757,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Frkal</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>17.10.1929 – 9.4.2004</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8720">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8720">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="37890" name="Obrázek 2" descr="20 - Medova Bozena.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6861,85 +6895,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Božena Medová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>25.2.1921 – 8.9.2004</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9336">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9336">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="38914" name="Obrázek 2" descr="21 - Malek Pavel.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -6988,85 +7033,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Pavel Málek</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>9.4.1969 – 6.10.2004</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8875">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8875">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="39938" name="Obrázek 2" descr="22 - Kosina Frantisek.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -7115,76 +7171,87 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>František Košina</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>1.2.1921 – 10.10.2004</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:transition spd="slow" advClick="0" advTm="6000">
+  <p:transition spd="slow" advClick="0" advTm="8628">
     <p:split orient="vert"/>
   </p:transition>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="40962" name="Obrázek 2" descr="23 - Javora Stanislav.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -7233,85 +7300,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Stanislav  Javora</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>31.10.1930 – 9.2.2005</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9481">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9481">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="41986" name="Obrázek 2" descr="24 - Honek Jindrich.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -7360,85 +7438,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Jindřich Honěk</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>25.8.1937 – 31.8.2005</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8978">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8978">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="43011" name="Obrázek 2" descr="25 - Vrbova Lidmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -7487,85 +7576,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Lidmila  Vrbová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>15.7.1930 – 4.11.2007</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8878">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8878">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2" descr="kratochvilova2.JPG"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -7578,283 +7678,323 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2929093" y="2060848"/>
             <a:ext cx="3285815" cy="3528392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1219200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Kratochvílová</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>3.12.1930 – 28.4.2008</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8875">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8875">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45059" name="Obrázek 4" descr="27 - Honkova Ludmila.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2616200" y="1819275"/>
+            <a:off x="2478087" y="1556792"/>
             <a:ext cx="4187825" cy="4756150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="457199" y="188640"/>
             <a:ext cx="8229600" cy="1219200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Ludmila Hoňková </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>15.9.1938 – 27.7.2008</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9476">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9476">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="284945"/>
+            <a:ext cx="8229600" cy="1219200"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:tint val="100000"/>
+                    <a:shade val="90000"/>
+                    <a:satMod val="250000"/>
+                    <a:alpha val="100000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:tint val="100000"/>
                     <a:shade val="90000"/>
                     <a:satMod val="250000"/>
                     <a:alpha val="100000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="cs-CZ" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:tint val="100000"/>
                   <a:shade val="90000"/>
                   <a:satMod val="250000"/>
                   <a:alpha val="100000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -7940,50 +8080,80 @@
                     <a:schemeClr val="bg2">
                       <a:shade val="75000"/>
                       <a:alpha val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                   <a:round/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="F9F9F9"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Jaroslav Kuchař</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="cs-CZ" sz="4200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="-100" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln w="3200">
+                  <a:solidFill>
+                    <a:schemeClr val="bg2">
+                      <a:shade val="75000"/>
+                      <a:alpha val="25000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                  <a:round/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="F9F9F9"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:innerShdw blurRad="50800" dist="25400" dir="13500000">
+                    <a:prstClr val="black">
+                      <a:alpha val="70000"/>
+                    </a:prstClr>
+                  </a:innerShdw>
+                </a:effectLst>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr kumimoji="0" lang="cs-CZ" sz="4200" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="-100" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln w="3200">
                   <a:solidFill>
                     <a:schemeClr val="bg2">
                       <a:shade val="75000"/>
                       <a:alpha val="25000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                   <a:round/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="F9F9F9"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:innerShdw blurRad="50800" dist="25400" dir="13500000">
                     <a:prstClr val="black">
                       <a:alpha val="70000"/>
                     </a:prstClr>
                   </a:innerShdw>
                 </a:effectLst>
                 <a:uLnTx/>
                 <a:uFillTx/>
@@ -8010,60 +8180,67 @@
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>3.7.1926 – 3.2.1992</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9077">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9077">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="46082" name="Obrázek 2" descr="28 - Tauchmanova Cecilie.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -8112,85 +8289,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Cecílie Tauchmanová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>6.10.1929 – 29.4.2009</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9842">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9842">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="47106" name="Obrázek 2" descr="29 - Marcela Antonu.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -8239,85 +8427,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marcela Antonů</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>28.2.1947 – 9.6.2009</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9059">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9059">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="48130" name="Obrázek 2" descr="30 - Remesova Eva.JPG"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -8366,85 +8565,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Eva Remešová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>9.7.1965 – 13.2.2010</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="10270">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="10270">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="49155" name="Obrázek 4" descr="31 - Nanak Vratislav.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -8493,85 +8703,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Vratislav  Naňák</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>8.7.1972 – 17.2.2010</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="11144">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="11144">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82946" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -8594,50 +8815,62 @@
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Antonín Mach </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4100" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4100" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>23.12.1946 – 10.9.2010</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -8651,60 +8884,67 @@
           <p:nvPr>
             <p:ph type="body" idx="4294967295"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2287588" y="1628775"/>
             <a:ext cx="4568825" cy="4429125"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9768">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9768">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="50179" name="Obrázek 4" descr="32 - Tethal Antonin.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
@@ -8753,85 +8993,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Antonín Těthal</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>4.4.1958 – 4.11.2010</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9075">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9075">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -8847,50 +9098,62 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Josef Dubišar</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>8.8.1948 – 16.6.2011</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -8904,60 +9167,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2808787" y="1484784"/>
             <a:ext cx="3526427" cy="4701902"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9284">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9284">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -8973,50 +9243,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Jaroslav Chalupa</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t> 1.7.1928 – 25.6.2011</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obrázek 1"/>
           <p:cNvPicPr>
@@ -9055,60 +9332,67 @@
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9450">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9450">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -9124,50 +9408,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Jiří Rechner</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
@@ -9189,60 +9480,67 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect t="9639" b="7229"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2609476" y="1628800"/>
             <a:ext cx="3925048" cy="4680520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8836">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8836">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -9258,50 +9556,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>František Tauchman</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
@@ -9322,60 +9627,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2789802" y="1700808"/>
             <a:ext cx="3564396" cy="4752528"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="10201">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="10201">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19458" name="Obrázek 2" descr="03 - Marek Petr.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -9419,85 +9731,96 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Petr Marek </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>14.2.1940 - 19.3.1993</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9138">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9138">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -9513,50 +9836,62 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Růžena Hodečková</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>30.8.1939 – 23.11.2011</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -9570,118 +9905,132 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2771800" y="1556791"/>
             <a:ext cx="3600400" cy="4874815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8595">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8595">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="260648"/>
+            <a:off x="457200" y="548680"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Jašová</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>27.12.1942 – 26.12.2011</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2" descr="jašová.jpg"/>
@@ -9691,60 +10040,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2606725" y="2060848"/>
             <a:ext cx="3930551" cy="3832637"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9097">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9097">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -9763,50 +10119,65 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Fialová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
@@ -9826,118 +10197,132 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2807804" y="1772816"/>
             <a:ext cx="3528392" cy="4501742"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8741">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8741">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="260648"/>
+            <a:off x="457200" y="548680"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Zuchnický</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>21.1.1930 - 24.3.2012</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="78851" name="Picture 3"/>
@@ -9947,60 +10332,67 @@
           <p:nvPr>
             <p:ph type="body" idx="4294967295"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2590800" y="2420938"/>
             <a:ext cx="3962400" cy="2470150"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9218">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9218">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10016,50 +10408,63 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Chaloupková</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
@@ -10086,60 +10491,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2843422" y="1772816"/>
             <a:ext cx="3457156" cy="4385399"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8871">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8871">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10155,50 +10567,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Věra Kuchařová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>21.8.1932 – 17.2.2013</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3" descr="kuchařová.jpg"/>
           <p:cNvPicPr>
@@ -10207,60 +10626,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3059832" y="1988840"/>
             <a:ext cx="3096344" cy="3653686"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9206">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9206">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10288,50 +10714,57 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0" err="1">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Pácal</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>25.2.1933 – 23.8.2014</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obrázek 4" descr="201408262014_VaclavPacal_unor2014.jpg"/>
           <p:cNvPicPr>
@@ -10344,60 +10777,67 @@
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3095836" y="1556792"/>
             <a:ext cx="2952328" cy="4777520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8953">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8953">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10425,50 +10865,57 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Karel </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0" err="1">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Kuča</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>3.2.1963 – 3.12.2014</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2" descr="Karel Kuča.jpg"/>
           <p:cNvPicPr>
@@ -10477,118 +10924,132 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2803739" y="1594757"/>
             <a:ext cx="3536523" cy="4548887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9572">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9572">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="260648"/>
+            <a:off x="457200" y="476672"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Diviš</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>17.10.1959 – 10.6.2015</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2" descr="Václav%20Diviš.jpg"/>
@@ -10598,60 +11059,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2297430" y="1928802"/>
             <a:ext cx="4549140" cy="4015740"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9258">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9258">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10667,50 +11135,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Vladimír Hrdlička</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>21.2.1949 – 9.3.2016</a:t>
             </a:r>
             <a:endParaRPr lang="cs-CZ" sz="3400" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
@@ -10728,98 +11203,105 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2874165" y="1857364"/>
             <a:ext cx="3395670" cy="4529879"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9452">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9452">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20482" name="Obrázek 2" descr="05 - Kratochvil Josef.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr isPhoto="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2663825" y="1646238"/>
+            <a:off x="2663825" y="1484784"/>
             <a:ext cx="3816350" cy="4754562"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -10830,85 +11312,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Josef Kratochvíl</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>10.10.1929 – 24.8.1993</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="4000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9023">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="4000">
+      <p:transition spd="slow" advClick="0" advTm="9023">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -10924,50 +11417,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Vladimír Peterka</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>11.1.1959 – 20.3.2016</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3" descr="Vladimir_Peterka.jpg"/>
           <p:cNvPicPr>
@@ -10976,60 +11476,67 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2906089" y="1500174"/>
             <a:ext cx="3331822" cy="4929198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8640">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8640">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -11045,50 +11552,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Stanislav Mareš</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>1.11.1932 – 5.6.2016</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Obrázek 1"/>
           <p:cNvPicPr>
@@ -11102,60 +11616,67 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2703873" y="1556792"/>
             <a:ext cx="3736255" cy="4648317"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9237">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9237">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -11183,50 +11704,57 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0" err="1">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Astrida</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t> Šuláková</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>13.7.1928 – 29.9.2016</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obrázek 4" descr="mamka%20hlava.jpg"/>
           <p:cNvPicPr>
@@ -11240,195 +11768,216 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2795588" y="1714488"/>
             <a:ext cx="3552825" cy="4552950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8717">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8717">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="260648"/>
+            <a:off x="457199" y="476672"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Josef Drábek</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>5.2.1930 – 7.9.2017</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2896482" y="1785926"/>
+            <a:off x="2896481" y="1988840"/>
             <a:ext cx="3351037" cy="3521501"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9153">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9153">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -11444,50 +11993,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Šedivá</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>20.10.1942 – 19.10.2017</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2" descr="100_5350 (2).jpg"/>
           <p:cNvPicPr>
@@ -11502,60 +12058,67 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2214546" y="1676956"/>
             <a:ext cx="4714908" cy="4435186"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8809">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8809">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -11571,50 +12134,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Marie Drábková</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>11.8.1933 – 29.11.2017</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
@@ -11637,60 +12207,67 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9377">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9377">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -11706,50 +12283,57 @@
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Brigita Fišerová </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>6.10.1958 – 22.12.2017</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3" descr="DSC_0107.JPG"/>
           <p:cNvPicPr>
@@ -11763,146 +12347,151 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2598833" y="1571612"/>
             <a:ext cx="3946335" cy="4748702"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8556">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8556">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78850" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="457200" y="260648"/>
             <a:ext cx="8229600" cy="1800200"/>
           </a:xfrm>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" bIns="45720" numCol="1" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="4700" b="1">
+              <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Antonín Orel </a:t>
             </a:r>
-            <a:br>
-              <a:rPr lang="cs-CZ" sz="4200">
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" charset="0"/>
               </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" sz="4200" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" charset="0"/>
+              </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400">
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>30.1.1940 – 2.1.2018</a:t>
             </a:r>
-            <a:endParaRPr lang="cs-CZ" sz="3400" dirty="0">
-[...7 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="AutoShape 2" descr="https://email.seznam.cz/imageresize/?width=1366&amp;height=657&amp;mid=43136&amp;aid=1&amp;uid=25775451&amp;default=%2Fstatic%2Fwm%2Fimg%2Fdefault-image.svg"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2123728" y="4005064"/>
             <a:ext cx="304800" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -11982,60 +12571,67 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3131840" y="2545669"/>
             <a:ext cx="2880320" cy="3528392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411877366"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9283">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9283">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12043,217 +12639,251 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1548408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Klára Švandová</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3100" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>15.10.1956 - 11.4.2018</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3239852" y="2348880"/>
             <a:ext cx="2664295" cy="3440645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2856887659"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8756">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8756">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="457200" y="332656"/>
             <a:ext cx="8229600" cy="1332384"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jan Ptáčník</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>2.7.1937 - 25.3.2018</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3167844" y="1988840"/>
             <a:ext cx="2808312" cy="3744417"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2655556606"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9241">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9241">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21506" name="Obrázek 2" descr="04 - Smolkova Vera.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -12297,85 +12927,96 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Věra Smolková </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" i="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" i="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>20.7.1955 - 18. 9.1993</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="7896">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="7896">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12383,102 +13024,117 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1476400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Anna Hušková</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3100" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t> 11.7.1937  -  19.5.2019</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2915815" y="2276872"/>
+            <a:off x="3059831" y="1988840"/>
             <a:ext cx="3024337" cy="4057194"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3855071804"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9048">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9048">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12486,102 +13142,117 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1620416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jan Komárek   -  Johny</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>7.2.1957 - 17.7.2019</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Obrázek 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3167844" y="2276872"/>
             <a:ext cx="2808312" cy="3960440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="388949527"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8992">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8992">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12597,312 +13268,361 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Pavel </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Vondřejc</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t> – aspirant</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>5.5.1977 - 25.6.2019</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="64" name="Obrázek 63"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2843808" y="1988840"/>
             <a:ext cx="3160602" cy="4320480"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1402766390"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8831">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8831">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide63.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="457200" y="476672"/>
             <a:ext cx="8229600" cy="1404392"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Marie Minaříková</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>15.3.1951 - 26.11.2019</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obrázek 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2555776" y="2132856"/>
+            <a:off x="2555776" y="1881064"/>
             <a:ext cx="4032448" cy="4219386"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4085493320"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9719">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9719">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="260648"/>
             <a:ext cx="8229600" cy="1296144"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0"/>
               <a:t>Adolf Jílek</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3800" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3400" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>19.3.1949 - 18.1.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="51" name="Obrázek 50"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2339752" y="2060848"/>
             <a:ext cx="4824536" cy="3600400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1176367347"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9239">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9239">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -12910,108 +13630,123 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="548680"/>
             <a:ext cx="8229600" cy="1152128"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0"/>
               <a:t>Jan Kuchař</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3800" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3400" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>26.2.1968 - 22.2.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3419872" y="2132856"/>
             <a:ext cx="2448272" cy="3199933"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1395585344"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9387">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9387">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide66.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13019,108 +13754,123 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1332384"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Josef Bernard</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>21.3.1955 – 18.3.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2555776" y="1700808"/>
             <a:ext cx="4370398" cy="4363622"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1007093323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9653">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9653">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide67.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13128,221 +13878,255 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1548408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Monika Peterková</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>20.7.1958 - 17.5.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3203848" y="2060848"/>
             <a:ext cx="2840703" cy="3792642"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1321130499"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9171">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9171">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide68.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="331186" y="476672"/>
             <a:ext cx="8229600" cy="1404392"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jana </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Müllnerová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>7.7.1962 - 7.6.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2555776" y="2276872"/>
             <a:ext cx="3780420" cy="3096344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2488126160"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8626">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8626">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide69.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13351,107 +14135,126 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="1620416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>    Jan Svoboda</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
-              <a:t>      14.4.1944 - 20.7.2020</a:t>
+              <a:t>      </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>14.4.1944 - 20.7.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3419872" y="2420888"/>
             <a:ext cx="2304256" cy="2808312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1004757155"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9391">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9391">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22530" name="Obrázek 2" descr="06 - Lovecek Vaclav.....jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -13500,231 +14303,261 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Václav Loveček</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>2.9.1938 – 17.12.1993</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9187">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9187">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide70.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="493205" y="476672"/>
             <a:ext cx="8229600" cy="1620416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Marie </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Lovečková</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>16.6.1939 - 3.9.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3347865" y="2492896"/>
             <a:ext cx="2520280" cy="3096344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2509751007"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9028">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9028">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide71.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="152400"/>
+            <a:off x="493203" y="404664"/>
             <a:ext cx="8229600" cy="1548408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Marie Lásková</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
               <a:t>24.8.1949 - 13.9.2020</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
@@ -13747,60 +14580,67 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3563888" y="2535407"/>
             <a:ext cx="2088231" cy="2591420"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3465036515"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9081">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9081">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide72.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13820,112 +14660,143 @@
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Ladislav </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Oujeský</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>   </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3400" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>27.6.1943 - 28.11.2020</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="cs-CZ" sz="3600" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3400" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
             </a:br>
-            <a:endParaRPr lang="cs-CZ" sz="3600" dirty="0"/>
+            <a:endParaRPr lang="cs-CZ" sz="3400" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obrázek 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3059832" y="2757394"/>
             <a:ext cx="2736304" cy="2903854"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2540454978"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9636">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9636">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide73.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Nadpis 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13933,115 +14804,134 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="476672"/>
             <a:ext cx="8229600" cy="1512168"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jaroslav </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Janšta</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>     </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3200" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>11.3.1953 - 24.2.2021</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Zástupný symbol pro obsah 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3153494" y="2564904"/>
             <a:ext cx="2837011" cy="3459088"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="191565097"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9854">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9854">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide74.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14101,60 +14991,67 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3563889" y="2924944"/>
             <a:ext cx="2016224" cy="2808312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1982029870"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9096">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9096">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide75.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14166,108 +15063,123 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jaroslava Šmídová</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>11.5. 1943 – 30.11. 2021</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3419872" y="2109971"/>
             <a:ext cx="2913234" cy="3335254"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3735354991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9208">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9208">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide76.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14275,116 +15187,135 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Eva  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Šánová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>20.12-1930 – 6.6.2022</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="1988839"/>
             <a:ext cx="2484277" cy="3312369"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3367293024"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9409">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9409">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide77.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14392,116 +15323,135 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jaroslav </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Šána</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>5.10. 1931 – 3.8. 2022</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3635896" y="2180861"/>
             <a:ext cx="2286255" cy="3048340"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="691010539"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9754">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9754">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide78.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14521,108 +15471,123 @@
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Jaroslav </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0" err="1"/>
               <a:t>Jenerál</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>5.10. 1926 – 8.10.2022</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3347864" y="1988840"/>
             <a:ext cx="2647950" cy="3228975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4253602679"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9077">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9077">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide79.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14634,108 +15599,123 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Tomáš Kvapil </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>18.12. 1955 – 28.11. 2022</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="2204864"/>
             <a:ext cx="2700301" cy="3600401"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1772189851"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="7575">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="7575">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23554" name="Obrázek 2" descr="07 - Kosinova Dagmar.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -14784,85 +15764,96 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Dagmar  Košinová</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>7.9.1931 – 19.9.1994</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9593">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9593">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide80.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14874,108 +15865,123 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Marie Stodolová </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>30.5. 1966 – 29.12. 2022</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3851920" y="2472128"/>
             <a:ext cx="2183171" cy="2901088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3102088987"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9230">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9230">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -14986,111 +15992,126 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Marie Syrová </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3600" dirty="0">
                 <a:effectLst/>
               </a:rPr>
-              <a:t> 1.7. 1950-  </a:t>
-[...3 lines deleted...]
-              <a:t>7.6. 2023</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>1.7. 1950-  7.6. 2023</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3419872" y="2492896"/>
             <a:ext cx="2190902" cy="2582266"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3116014371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8840">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8840">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -15102,108 +16123,123 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Zdeňka Rybníčková </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>27.8. 1954 -  14.6. 2023</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2339752" y="2055465"/>
             <a:ext cx="4572775" cy="2813695"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2950665221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9135">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9135">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -15215,108 +16251,123 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Karel Švejda  </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>4.11. 1944 -  28.11. 2023</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obrázek 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3275856" y="1988840"/>
             <a:ext cx="2984463" cy="3456384"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="553292222"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9197">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9197">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -15328,732 +16379,868 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>Richard Havránek </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" dirty="0"/>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
               <a:t>5.6. 1954 – 27.12. 2023</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obrázek 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3059832" y="2529326"/>
+            <a:off x="3047167" y="2132856"/>
             <a:ext cx="3049665" cy="3563969"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1035524216"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8934">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8934">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide85.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42C3BCF5-64E1-A448-F1A8-0D6B4619612D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABAFDF8C-990B-B5ED-4C44-4CC6F29A82FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Oldřich </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Malý</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextovéPole 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A79FFFF-3F8F-D9EB-0143-8689CF959E4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="404664"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="3082796" y="1371600"/>
+            <a:ext cx="3582144" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
-[...11 lines deleted...]
-              <a:t>3.3.1949 – 10.12.2024</a:t>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>7.7.1948 – 6.5.2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Obrázek 6">
+          <p:cNvPr id="8" name="Obrázek 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D9FC7F7-4933-9552-2561-C290C2FEFB49}"/>
-[...257 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B16204BA-8463-18BB-3726-42D17FA3B3EB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99DAA9B6-BAC1-5F4C-0072-FDB8B091B7F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2984004" y="2060848"/>
-            <a:ext cx="3175992" cy="4189384"/>
+            <a:off x="3491880" y="2204864"/>
+            <a:ext cx="2763976" cy="3528003"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="378737143"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3828411520"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8672">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8672">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide88.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide86.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DE844CD-4EC3-7820-0D93-525C6F4EDB11}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6272FC5C-9846-7379-FC11-B9E89ADBD965}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Nadpis 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B385D8AB-3201-9103-E70D-36A4D021C8AF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42C3BCF5-64E1-A448-F1A8-0D6B4619612D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1440160"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
-              <a:t>Anna Blechová </a:t>
+              <a:t>Jiří Jeniš </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="cs-CZ" sz="3400" b="1" dirty="0"/>
-[...4 lines deleted...]
-              <a:t>2.7.1960 – 5.7.2025</a:t>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>3.3.1949 – 10.12.2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Obrázek 4" descr="Obsah obrázku Lidská tvář, osoba, oblečení, Brada&#10;&#10;Obsah generovaný pomocí AI může být nesprávný.">
+          <p:cNvPr id="7" name="Obrázek 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1340C857-F094-D869-0F2D-C174C0097BA6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D9FC7F7-4933-9552-2561-C290C2FEFB49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3419872" y="2276872"/>
+            <a:ext cx="2610214" cy="3924848"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="832255263"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9062">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advClick="0" advTm="9062">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide87.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69C7A075-2E55-2B28-66AA-53B2A6B21814}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C4A35C8-1A82-1941-9904-20D81C198FBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="404664"/>
+            <a:ext cx="8229600" cy="1440160"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Marie Chovancová </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>12.1.1939 – 27.12. 2024</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Obrázek 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B148269-7B4A-D530-B865-BA8A2041C34C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3203848" y="2204864"/>
+            <a:ext cx="3046243" cy="4072785"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1794565187"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9486">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advClick="0" advTm="9486">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide88.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467544" y="620688"/>
+            <a:ext cx="8229600" cy="1219200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="4700" b="1" dirty="0" smtClean="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Anna Blechová</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>22. 07. 1960 – 05. 07. 2025</a:t>
+            </a:r>
+            <a:endParaRPr lang="cs-CZ" sz="3600" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Obrázek 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2674216" y="2348880"/>
+            <a:ext cx="3816256" cy="3687487"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="784302565"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advClick="0" advTm="2000">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide89.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Nadpis 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{697136D3-5739-44AC-F28D-DB3D4C73BC2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="654025" y="404664"/>
+            <a:ext cx="7139136" cy="1512168"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t>Zdeněk Mareš</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3100" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>24.2.1931 – 7.9.2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obrázek 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{440CD555-F436-A200-1ECB-7E1A4834FA18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2483768" y="2492896"/>
-            <a:ext cx="4322824" cy="3242118"/>
+            <a:off x="2483767" y="2204864"/>
+            <a:ext cx="3479651" cy="4069064"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3671041588"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="100441104"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="8593">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="8593">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-</p:sld>
-[...98 lines deleted...]
-  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24578" name="Obrázek 2" descr="08 - Chovanec Frantisek.JPG"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
@@ -16102,85 +17289,238 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="54864" indent="0" algn="ctr" fontAlgn="auto">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>František Chovanec</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="cs-CZ" b="1" dirty="0"/>
+              <a:t/>
+            </a:r>
             <a:br>
               <a:rPr lang="cs-CZ" b="1" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="cs-CZ" sz="3100" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>5.12.1929 - 19.5.1997</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
-      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="2000">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="9375">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
-      <p:transition spd="slow" advClick="0" advTm="2000">
+      <p:transition spd="slow" advClick="0" advTm="9375">
         <p:split orient="vert"/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide90.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Obrázek 2" descr="Don Bosco Mural.JPG"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextovéPole 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE213BCC-A269-EFBD-AC83-D3C6FFD20671}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1547664" y="116632"/>
+            <a:ext cx="7776864" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" sz="3600" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="000000"/>
+                </a:highlight>
+              </a:rPr>
+              <a:t>Očekávám vás všechny v nebi …</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextovéPole 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E372103B-8B99-6F02-BD2C-2B73FFE217F8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2330245" y="3244334"/>
+            <a:ext cx="4660490" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="cs-CZ" dirty="0"/>
+              <a:t>702279532</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="1250" advClick="0" advTm="10690">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow" advClick="0" advTm="10690">
+        <p:split orient="vert"/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Papír">
   <a:themeElements>
     <a:clrScheme name="Papír">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="444D26"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FEFAC9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A5B592"/>
@@ -16681,83 +18021,83 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Paper</Template>
   <TotalTime></TotalTime>
-  <Words>611</Words>
+  <Words>199</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Předvádění na obrazovce (4:3)</PresentationFormat>
-  <Paragraphs>93</Paragraphs>
-  <Slides>89</Slides>
+  <Paragraphs>96</Paragraphs>
+  <Slides>90</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Použitá písma</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motiv</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nadpisy snímků</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>89</vt:i4>
+        <vt:i4>90</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="94" baseType="lpstr">
+    <vt:vector size="95" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Constantia</vt:lpstr>
       <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Papír</vt:lpstr>
       <vt:lpstr>Společenství salesiánů spolupracovníků  s Donem Boskem  na věčnosti </vt:lpstr>
       <vt:lpstr>Ludmila Frkalová  9.9.1932 - 19.7.1991</vt:lpstr>
       <vt:lpstr> </vt:lpstr>
       <vt:lpstr>Petr Marek  14.2.1940 - 19.3.1993</vt:lpstr>
       <vt:lpstr>Josef Kratochvíl 10.10.1929 – 24.8.1993</vt:lpstr>
       <vt:lpstr>Věra Smolková  20.7.1955 - 18. 9.1993</vt:lpstr>
       <vt:lpstr>Václav Loveček 2.9.1938 – 17.12.1993</vt:lpstr>
       <vt:lpstr>Dagmar  Košinová 7.9.1931 – 19.9.1994</vt:lpstr>
       <vt:lpstr>František Chovanec 5.12.1929 - 19.5.1997</vt:lpstr>
       <vt:lpstr>Václav Huml 17.2.1940 – 6.12.1998</vt:lpstr>
       <vt:lpstr>Ludmila Koutná  9.9.1912 – 20.9.1999</vt:lpstr>
       <vt:lpstr>Josef Janota 12.9.1954 – 12.12.2000</vt:lpstr>
       <vt:lpstr>Jindřiška Holnová 30.6.1957 – 21.1.2001</vt:lpstr>
       <vt:lpstr>Marie Frkalová  18.11.1940 – 15.4.2001</vt:lpstr>
       <vt:lpstr>Ludmila Zuchnická  22.1.1927 – 15.5.2001</vt:lpstr>
       <vt:lpstr>Ludmila Švejdová  16.9.1948 – 27.5.2001</vt:lpstr>
       <vt:lpstr>Antonín Hubáček 9.8.1955 – 8.5.2002</vt:lpstr>
       <vt:lpstr>Václav Landr 15.6.1944 – 11.12.2002</vt:lpstr>
       <vt:lpstr>Jindřich Vrba 24.6.1924 – 15.5.2003</vt:lpstr>
       <vt:lpstr>Josef Čtvrtečka 27.4.1928 – 26.3.2004</vt:lpstr>
@@ -16803,48 +18143,49 @@
       <vt:lpstr>Anna Hušková  11.7.1937  -  19.5.2019</vt:lpstr>
       <vt:lpstr>Jan Komárek   -  Johny 7.2.1957 - 17.7.2019</vt:lpstr>
       <vt:lpstr>Pavel Vondřejc – aspirant 5.5.1977 - 25.6.2019</vt:lpstr>
       <vt:lpstr>Marie Minaříková  15.3.1951 - 26.11.2019</vt:lpstr>
       <vt:lpstr>Adolf Jílek 19.3.1949 - 18.1.2020</vt:lpstr>
       <vt:lpstr>Jan Kuchař 26.2.1968 - 22.2.2020</vt:lpstr>
       <vt:lpstr>Josef Bernard 21.3.1955 – 18.3.2020</vt:lpstr>
       <vt:lpstr>Monika Peterková 20.7.1958 - 17.5.2020</vt:lpstr>
       <vt:lpstr>Jana Müllnerová 7.7.1962 - 7.6.2020</vt:lpstr>
       <vt:lpstr>    Jan Svoboda       14.4.1944 - 20.7.2020</vt:lpstr>
       <vt:lpstr>Marie Lovečková 16.6.1939 - 3.9.2020</vt:lpstr>
       <vt:lpstr>Marie Lásková 24.8.1949 - 13.9.2020</vt:lpstr>
       <vt:lpstr>Ladislav Oujeský     27.6.1943 - 28.11.2020 </vt:lpstr>
       <vt:lpstr>Jaroslav Janšta      11.3.1953 - 24.2.2021</vt:lpstr>
       <vt:lpstr>Marie Andrlíková   26.7.1961 - 27.3.2021</vt:lpstr>
       <vt:lpstr>Jaroslava Šmídová   11.5. 1943 – 30.11. 2021</vt:lpstr>
       <vt:lpstr>Eva  Šánová   20.12-1930 – 6.6.2022</vt:lpstr>
       <vt:lpstr>Jaroslav Šána   5.10. 1931 – 3.8. 2022</vt:lpstr>
       <vt:lpstr>Jaroslav Jenerál    5.10. 1926 – 8.10.2022</vt:lpstr>
       <vt:lpstr>Tomáš Kvapil    18.12. 1955 – 28.11. 2022</vt:lpstr>
       <vt:lpstr>Marie Stodolová    30.5. 1966 – 29.12. 2022</vt:lpstr>
       <vt:lpstr>Marie Syrová   1.7. 1950-  7.6. 2023</vt:lpstr>
       <vt:lpstr>Zdeňka Rybníčková    27.8. 1954 -  14.6. 2023</vt:lpstr>
       <vt:lpstr>Karel Švejda     4.11. 1944 -  28.11. 2023</vt:lpstr>
       <vt:lpstr>Richard Havránek    5.6. 1954 – 27.12. 2023</vt:lpstr>
+      <vt:lpstr>   Oldřich Malý</vt:lpstr>
       <vt:lpstr>Jiří Jeniš    3.3.1949 – 10.12.2024</vt:lpstr>
-      <vt:lpstr>Marie Chovancová    12.1.1939 – 26.12. 2024</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Anna Blechová    22.7.1960 – 5.7.2025</vt:lpstr>
+      <vt:lpstr>Marie Chovancová    12.1.1939 – 27.12. 2024</vt:lpstr>
+      <vt:lpstr>Anna Blechová 22. 07. 1960 – 05. 07. 2025</vt:lpstr>
+      <vt:lpstr>  Zdeněk Mareš    24.2.1931 – 7.9.2025</vt:lpstr>
       <vt:lpstr>Prezentace aplikace PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Snímek 1</dc:title>
   <dc:creator>Roman Turowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>